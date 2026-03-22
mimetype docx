--- v0 (2025-12-22)
+++ v1 (2026-03-22)
@@ -47,51 +47,51 @@
       <w:pPr>
         <w:bidi w:val="false"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3901440" cy="3901440"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="/Content/print_browser.png?v=4" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="/Content/print_browser.png?v=4" descr="Print this report directly from your browser"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R734a9022264e4bf8"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rd378f3834c0c4cdb"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3901440" cy="3901440"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Print via browser</w:t>
@@ -112,51 +112,51 @@
       <w:pPr>
         <w:bidi w:val="false"/>
         <w:rPr>
           <w:lang w:val="en"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3543300" cy="3375660"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="/Content/print_word.png?v=4" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="3" name="/Content/print_word.png?v=4" descr="Export this report as a Microsoft Word file (.docx)"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="Rad1c2ff08c204b6d"/>
+                    <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="R5a03235a0c704724"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3543300" cy="3375660"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Microsoft Word File</w:t>
@@ -332,51 +332,51 @@
             <w:tr w:rsidRPr="008A5306" w:rsidR="00B24B0F" w:rsidTr="00450C33">
               <w:trPr>
                 <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9242" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidRPr="009458AF" w:rsidR="009458AF" w:rsidP="000709ED" w:rsidRDefault="00B24B0F">
                   <w:pPr>
                     <w:pStyle w:val="Footer"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="008A5306">
                     <w:rPr>
                       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
-                    <w:t>Created by Portal User on 22 Dec 2025 01:32</w:t>
+                    <w:t>Created by Portal User on 22 Mar 2026 13:32</w:t>
                   </w:r>
                   <w:r w:rsidR="000709ED">
                     <w:rPr>
                       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:br/>
                     <w:t>www.iestap.com</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00450C33" w:rsidRDefault="00D01A38">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:ftr>
 </file>
@@ -436,51 +436,51 @@
             <w:tr w:rsidRPr="008A5306" w:rsidR="008A5306" w:rsidTr="00317273">
               <w:trPr>
                 <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9242" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidRPr="007A779D" w:rsidR="007A779D" w:rsidP="004C0934" w:rsidRDefault="00457245">
                   <w:pPr>
                     <w:pStyle w:val="Footer"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidRPr="009458AF">
                     <w:rPr>
                       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
-                    <w:t>Created by Portal User on 22 Dec 2025 01:32</w:t>
+                    <w:t>Created by Portal User on 22 Mar 2026 13:32</w:t>
                   </w:r>
                   <w:r w:rsidR="002B4235">
                     <w:rPr>
                       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:br/>
                   </w:r>
                   <w:r w:rsidR="004C0934">
                     <w:rPr>
                       <w:color w:val="A6A6A6" w:themeColor="background1" w:themeShade="A6"/>
                       <w:sz w:val="14"/>
                       <w:szCs w:val="14"/>
                     </w:rPr>
                     <w:t>www.iestap.com</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="006B132F" w:rsidP="008A5306" w:rsidRDefault="00D01A38">
             <w:pPr>
               <w:pStyle w:val="Footer"/>
             </w:pPr>
@@ -2066,51 +2066,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
     <w:div w:id="1668746896">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="R734a9022264e4bf8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="Rad1c2ff08c204b6d" /></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image2.png" Id="Rd378f3834c0c4cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="/media/image3.png" Id="R5a03235a0c704724" /></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>